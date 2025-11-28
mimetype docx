--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -278,57 +278,67 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Members:</w:t>
       </w:r>
       <w:r w:rsidRPr="00011F79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A80FA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A80FA2" w:rsidRPr="00A80FA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>llrs: R Robson (Chairman), S Hubbard, C Myers, W Cooper</w:t>
+        <w:t>llrs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A80FA2" w:rsidRPr="00A80FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: R Robson (Chairman), S Hubbard, C Myers, W Cooper</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CDE6AB" w14:textId="3697C68A" w:rsidR="009E1AE8" w:rsidRPr="00011F79" w:rsidRDefault="009E1AE8" w:rsidP="009E1AE8">
       <w:pPr>
         <w:spacing w:before="100" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Apologies:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1073,51 +1083,73 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B2E58" w:rsidRPr="00037BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="008B2E58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>discuss the Councillor Vacancy.</w:t>
+        <w:t xml:space="preserve">discuss the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008B2E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Councillor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B2E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vacancy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A93AB9E" w14:textId="40542940" w:rsidR="00611424" w:rsidRPr="00367A03" w:rsidRDefault="00611424" w:rsidP="00611424">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00367A03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">There were </w:t>
       </w:r>
       <w:r>
@@ -1398,51 +1430,69 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">d highway matters </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C58CC1" w14:textId="60D34354" w:rsidR="00E5155F" w:rsidRDefault="008B39D9" w:rsidP="00611424">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Cllr Taylor (RMBC) has advised that UPC is not eligible for funding from local neighborhood road safety scheme at this time </w:t>
+        <w:t xml:space="preserve">Cllr Taylor (RMBC) has advised that UPC is not eligible for funding from local neighborhood road safety scheme </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at this time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE0886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>there are</w:t>
       </w:r>
       <w:r w:rsidR="00BE0886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2532,59 +2582,95 @@
         </w:rPr>
         <w:t xml:space="preserve">Digital &amp; Data </w:t>
       </w:r>
       <w:r w:rsidR="00645FCD" w:rsidRPr="00645FCD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Compliance</w:t>
       </w:r>
       <w:r w:rsidR="00B42F1E" w:rsidRPr="00645FCD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a formal requirement</w:t>
       </w:r>
       <w:r w:rsidR="00645FCD" w:rsidRPr="00645FCD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.  Councils must operate from a council-owned domain, preferably a .gov.uk domain.</w:t>
+        <w:t xml:space="preserve">.  Councils must operate from a council-owned domain, preferably </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00645FCD" w:rsidRPr="00645FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00645FCD" w:rsidRPr="00645FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gov.uk domain.</w:t>
       </w:r>
       <w:r w:rsidR="00645FCD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Clerk has received 3 quotes, approx. costs £100 per annum</w:t>
+        <w:t xml:space="preserve">  Clerk has received 3 quotes, approx. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00645FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>costs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00645FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> £100 per annum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1026D6" w14:textId="12D2F31B" w:rsidR="00645FCD" w:rsidRPr="00645FCD" w:rsidRDefault="00645FCD" w:rsidP="008B2E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Resolved – </w:t>
@@ -2734,51 +2820,73 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008B2E58" w:rsidRPr="00A449A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>To n</w:t>
       </w:r>
       <w:r w:rsidR="008B2E58" w:rsidRPr="00851674">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ote any Planning Applications received since the last meeting.</w:t>
+        <w:t xml:space="preserve">ote </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B2E58" w:rsidRPr="00851674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B2E58" w:rsidRPr="00851674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Planning Applications received since the last meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB5F4B0" w14:textId="77777777" w:rsidR="003938E1" w:rsidRPr="00972404" w:rsidRDefault="003938E1" w:rsidP="003938E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Planning Applications and updates noted.</w:t>
       </w:r>
@@ -2835,102 +2943,136 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>To receive</w:t>
       </w:r>
       <w:r w:rsidR="008B2E58" w:rsidRPr="0080644A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a financial </w:t>
       </w:r>
       <w:r w:rsidR="008B2E58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>update including;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">update </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B2E58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>including;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4984B1E6" w14:textId="730B1B34" w:rsidR="008B2E58" w:rsidRPr="00130E30" w:rsidRDefault="008B2E58" w:rsidP="008B2E58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00130E30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">receive a report to </w:t>
+        <w:t xml:space="preserve">receive a report </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071684E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="003A70E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003A70E4" w:rsidRPr="003A70E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2987,52 +3129,64 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> including Bank Reconciliation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00130E30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Payments for Authorisation</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Payments for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00130E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Authorisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Budget vs Actuals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02A99D20" w14:textId="77777777" w:rsidR="008B2E58" w:rsidRPr="00E9124E" w:rsidRDefault="008B2E58" w:rsidP="008B2E58">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B21FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3050,71 +3204,93 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B21FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E9124E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The following items were authori</w:t>
+        <w:t xml:space="preserve">The following items were </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E9124E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>authori</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E9124E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ed for payment:</w:t>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E9124E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for payment:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="1590"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A70E4" w:rsidRPr="005A6CBB" w14:paraId="22080F5A" w14:textId="77777777" w:rsidTr="00C62C95">
@@ -4283,57 +4459,67 @@
             <w:r w:rsidRPr="003A70E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>HMRC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="266EA885" w14:textId="71091766" w:rsidR="003A70E4" w:rsidRPr="003A70E4" w:rsidRDefault="003A70E4" w:rsidP="003A70E4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003A70E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Clerks Tax June</w:t>
+              <w:t>Clerks</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003A70E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tax June</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E43CD61" w14:textId="45B330C3" w:rsidR="003A70E4" w:rsidRPr="003A70E4" w:rsidRDefault="003A70E4" w:rsidP="003A70E4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A70E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> £           90.20 </w:t>
@@ -5340,51 +5526,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To note </w:t>
       </w:r>
       <w:r w:rsidR="003A70E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the National Salary award for the Clerk. </w:t>
+        <w:t xml:space="preserve">the National Salary </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A70E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>award</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A70E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Clerk. </w:t>
       </w:r>
       <w:r w:rsidR="003A70E4" w:rsidRPr="00A449A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Resolved </w:t>
       </w:r>
       <w:r w:rsidR="003A70E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="003A70E4" w:rsidRPr="00A449A6">
         <w:rPr>
@@ -5924,59 +6132,71 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o update.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0BE49E" w14:textId="25B2EE18" w:rsidR="007E2557" w:rsidRDefault="00AC39D8" w:rsidP="008B2E58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Top soil request from parishioner</w:t>
+        <w:t>Top soil</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request from parishioner</w:t>
       </w:r>
       <w:r w:rsidR="00724726">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00867C37">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00724726">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -6040,70 +6260,93 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC39D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Email from Parishioner – Grass verges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A449A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Resolved </w:t>
+        <w:t>Resolved</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A449A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00A449A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6266,51 +6509,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>none.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBAEE72" w14:textId="17DF606D" w:rsidR="008B2E58" w:rsidRDefault="008B2E58" w:rsidP="008B2E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B1369">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The meeting closed at </w:t>
+        <w:t xml:space="preserve">The meeting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B1369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>closed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B1369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00AD4689">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
@@ -6571,109 +6832,97 @@
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50997638" w14:textId="77777777" w:rsidR="003A0108" w:rsidRDefault="003A0108" w:rsidP="00B06EB9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="382DAD9E" w14:textId="77777777" w:rsidR="003A0108" w:rsidRDefault="003A0108" w:rsidP="00B06EB9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="46F5C421" w14:textId="77777777" w:rsidR="003A0108" w:rsidRDefault="003A0108"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2D93B47A" w14:textId="6B782D94" w:rsidR="00E84AC9" w:rsidRDefault="00000000">
+  <w:p w14:paraId="2D93B47A" w14:textId="498FB93A" w:rsidR="00E84AC9" w:rsidRDefault="00A51B31">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="31D24A46">
+      <w:pict w14:anchorId="36753FE4">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject1189510672" o:spid="_x0000_s1034" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:422.9pt;height:169.15pt;rotation:315;z-index:-251651072;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
-[...10 lines deleted...]
-      <w:pict w14:anchorId="36753FE4">
         <v:shape id="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:422.9pt;height:169.15pt;rotation:315;z-index:-251655168;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Cambria&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="49AA7EBA" w14:textId="27AC3398" w:rsidR="005C1842" w:rsidRPr="00C7175C" w:rsidRDefault="002636DA" w:rsidP="00C7175C">
+  <w:p w14:paraId="49AA7EBA" w14:textId="29C1BAAB" w:rsidR="005C1842" w:rsidRPr="00C7175C" w:rsidRDefault="002636DA" w:rsidP="00C7175C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="144408E4" wp14:editId="1115CEEC">
           <wp:extent cx="5139055" cy="1256030"/>
           <wp:effectExtent l="0" t="0" r="4445" b="1270"/>
           <wp:docPr id="1" name="picture"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="picture"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -6686,132 +6935,60 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5139055" cy="1256030"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00000000">
-[...34 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2D93B480" w14:textId="6BE6CC85" w:rsidR="00E84AC9" w:rsidRDefault="00000000">
+  <w:p w14:paraId="2D93B480" w14:textId="487EF527" w:rsidR="00E84AC9" w:rsidRDefault="00E84AC9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r>
-[...34 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00806DCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E378FEB0"/>
     <w:lvl w:ilvl="0" w:tplc="08090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -8992,50 +9169,51 @@
   <w:num w:numId="17" w16cid:durableId="367074163">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="982927342">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1244686619">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1474323387">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1217548349">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="306201307">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10570,50 +10748,51 @@
     <w:rsid w:val="00A22EBF"/>
     <w:rsid w:val="00A23AAA"/>
     <w:rsid w:val="00A24D84"/>
     <w:rsid w:val="00A24EBE"/>
     <w:rsid w:val="00A25195"/>
     <w:rsid w:val="00A267D5"/>
     <w:rsid w:val="00A311FD"/>
     <w:rsid w:val="00A31441"/>
     <w:rsid w:val="00A325AD"/>
     <w:rsid w:val="00A32FE9"/>
     <w:rsid w:val="00A33F46"/>
     <w:rsid w:val="00A360CC"/>
     <w:rsid w:val="00A37CA1"/>
     <w:rsid w:val="00A37E66"/>
     <w:rsid w:val="00A41459"/>
     <w:rsid w:val="00A416BD"/>
     <w:rsid w:val="00A417E2"/>
     <w:rsid w:val="00A41D9A"/>
     <w:rsid w:val="00A42854"/>
     <w:rsid w:val="00A45AD5"/>
     <w:rsid w:val="00A45F2C"/>
     <w:rsid w:val="00A46041"/>
     <w:rsid w:val="00A464D3"/>
     <w:rsid w:val="00A4669C"/>
     <w:rsid w:val="00A50466"/>
+    <w:rsid w:val="00A51B31"/>
     <w:rsid w:val="00A51B7C"/>
     <w:rsid w:val="00A52125"/>
     <w:rsid w:val="00A52440"/>
     <w:rsid w:val="00A52728"/>
     <w:rsid w:val="00A52893"/>
     <w:rsid w:val="00A52B94"/>
     <w:rsid w:val="00A53518"/>
     <w:rsid w:val="00A53A4C"/>
     <w:rsid w:val="00A53BCA"/>
     <w:rsid w:val="00A53EDD"/>
     <w:rsid w:val="00A54148"/>
     <w:rsid w:val="00A544F3"/>
     <w:rsid w:val="00A55931"/>
     <w:rsid w:val="00A55C90"/>
     <w:rsid w:val="00A55EF1"/>
     <w:rsid w:val="00A56B4C"/>
     <w:rsid w:val="00A56E9E"/>
     <w:rsid w:val="00A60342"/>
     <w:rsid w:val="00A60FCF"/>
     <w:rsid w:val="00A61741"/>
     <w:rsid w:val="00A632A6"/>
     <w:rsid w:val="00A648D9"/>
     <w:rsid w:val="00A64CD9"/>
     <w:rsid w:val="00A65DBE"/>
     <w:rsid w:val="00A67A24"/>
@@ -10956,50 +11135,51 @@
     <w:rsid w:val="00CE0B30"/>
     <w:rsid w:val="00CE10B0"/>
     <w:rsid w:val="00CE2E73"/>
     <w:rsid w:val="00CE3294"/>
     <w:rsid w:val="00CE33AC"/>
     <w:rsid w:val="00CE495A"/>
     <w:rsid w:val="00CE4CE9"/>
     <w:rsid w:val="00CE52BC"/>
     <w:rsid w:val="00CE679E"/>
     <w:rsid w:val="00CF02DA"/>
     <w:rsid w:val="00CF1979"/>
     <w:rsid w:val="00CF2604"/>
     <w:rsid w:val="00CF3298"/>
     <w:rsid w:val="00CF3F0A"/>
     <w:rsid w:val="00CF4A27"/>
     <w:rsid w:val="00CF790D"/>
     <w:rsid w:val="00D00040"/>
     <w:rsid w:val="00D028EB"/>
     <w:rsid w:val="00D02EE5"/>
     <w:rsid w:val="00D03A0A"/>
     <w:rsid w:val="00D044B2"/>
     <w:rsid w:val="00D04858"/>
     <w:rsid w:val="00D057FA"/>
     <w:rsid w:val="00D061C9"/>
     <w:rsid w:val="00D062C4"/>
+    <w:rsid w:val="00D0638E"/>
     <w:rsid w:val="00D06AFE"/>
     <w:rsid w:val="00D11CE3"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D12984"/>
     <w:rsid w:val="00D14242"/>
     <w:rsid w:val="00D168E4"/>
     <w:rsid w:val="00D16C75"/>
     <w:rsid w:val="00D17096"/>
     <w:rsid w:val="00D17DB8"/>
     <w:rsid w:val="00D21373"/>
     <w:rsid w:val="00D21662"/>
     <w:rsid w:val="00D21977"/>
     <w:rsid w:val="00D231FF"/>
     <w:rsid w:val="00D237B8"/>
     <w:rsid w:val="00D23A86"/>
     <w:rsid w:val="00D24690"/>
     <w:rsid w:val="00D24DF8"/>
     <w:rsid w:val="00D25805"/>
     <w:rsid w:val="00D25A10"/>
     <w:rsid w:val="00D30341"/>
     <w:rsid w:val="00D31830"/>
     <w:rsid w:val="00D33889"/>
     <w:rsid w:val="00D3394B"/>
     <w:rsid w:val="00D344E5"/>
     <w:rsid w:val="00D35B2C"/>